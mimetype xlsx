--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">PROF. BERNARDO </t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/</t>
   </si>
   <si>
     <t>INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, QUE SEJAM TOMADAS AS PROVIDÊNCIAS CABÍVEIS PARA EFETUAR A ILUMINAÇÃO DA PONTE SOBRE O RIO PIRACURUCA, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ERI</t>
   </si>
   <si>
     <t>INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, QUE SEJAM TOMADAS PROVIDÊNCIAS PARA RECUPERAÇÃO DE UM PEQUENO TRECHO DE APROXIMADAMENTE 1,6 KM (UM QUILÔMETRO E SEISCENTOS METROS) DA ESTRADA DE PIÇARRA QUE LIMITA A LOCALIDADE TRANSVAL COM O MUNICÍPIO DE PIRACURUCA &amp;#8211; PI, NO SENTIDO BAIXÃO DA FURNA; SOLICITO AINDA QUE O SR. PREFEITO PROVIDENCIE A ABERTURA DE DOIS PEQUENOS TRECHOS DE ESTRADA COM REVESTIMENTO EM PIÇARRA DENTRO DA LOCALIDADE TRANSVAL A SABER: TRECHO QUE DÁ ACESSO AO CAMPO DE FUTEBOL LOCAL, COMPREENDENDO 700M (SETECENTOS METROS) DE EXTENSÃO E, TRECHO QUE DÁ ACESSO AO CEMITÉRIO LOCAL, COMPREENDENDO 900M (NOVECENTOS METROS) DE EXTENSÃO.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MAZÉ</t>
   </si>
   <si>
     <t>INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESTA CASA LEGISLATIVA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, QUE SEJA CONSTRUÍDA UMA PONTE SOBRE O RIACHO DO FERREIRA QUE LIGA A SEDE ATÉ A LOCALIDADE SÃO JOSÉ VELHO.</t>
   </si>
@@ -228,51 +228,51 @@
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO SENADOR JOÃO VICENTE CLAUDINO O TÍTULO DE CIDADÃO SAOJOSEENSE, EM RECONHECIMENTO A SEUS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PI.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>MANOEL JOANA</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO HONORÁRIO AO DEPUTADO FEDERAL OSMAR RIBEIRO DE ALMEIDA JÚNIOR O TÍTULO DE CIDADÃO SAOJOSEENSE, EM RECONHECIMENTO A SEUS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PI.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2013/6/lei_no_159-2013.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2013/6/lei_no_159-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2014, ESTABELECE AS METAS E RISCOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>REORGANIZA A POLÍTICA E AÇÕES MUNICIPAIS EM DEFESA DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI 075 DE 16 DE MARÇO DE 2004 QUE INSTITUI O CONTROLE INTERNO DO MUNICÍPIO DE SÃO JOSE DO DIVINO </t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO EVANGÉLICO, A SER COMEMORADO NO 1º (PRIMEIRO) SÁBADO DO MÊS DE JULHO DE CADA ANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
@@ -695,68 +695,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2013/6/lei_no_159-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2013/6/lei_no_159-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>