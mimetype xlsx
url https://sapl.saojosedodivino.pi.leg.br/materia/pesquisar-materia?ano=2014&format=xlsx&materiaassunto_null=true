--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, SEJA ENVIADO OFÍCIO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, SOLICITANDO QUE, IMPLANTE SERVIÇO DE COLETA DE LIXO URBANO PARA COMUNIDADE MOCAMBINHO, HAJA VISTA QUE O LIXO DA REFERIDA COMUNIDADE OU É QUEIMADO OU JOGADO A CÉU ABERTO TRAZENDO PERIGO A SAÚDE PÚBLICA. </t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CARLOS SAMUEL</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, QUE O MESMO REUTILIZE OS MEIO-FIOS DA PRAÇA MATIAS NONATO, NO ENTORNO DO CAMPO DE FUTEBOL MANOEL PROMENO, NESSE MUNICÍPIO. </t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ERI</t>
   </si>
@@ -162,51 +162,51 @@
   <si>
     <t>INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, QUE ESTA SEJA OFICIADA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, A FIM DE QUE O MESMO PROVIDENCIE A LIMPEZA NOS ARREDORES DA LAGOA DA LOCALIDADE TRANSVAL.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>INDICO, NOS TERMOS DO ARTIGO 90 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, QUE ESTA SEJA OFICIADA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL JOSÉ DE SENA MACHADO FILHO, A FIM DE QUE O MESMO PROVIDENCIE REPARO DE ALGUNS TRECHOS DA ESTRADA DE CHÃO QUE LIGA A LOCALIDADE GADO APARTADO A CURRAL VELHO DOS CUNHAS, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer Prévio TCE/PI</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2014/137/137_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2014/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, EXERCÍCIO 2011. PARECER PRÉVIO RECOMENDANDO A APROVAÇÃO COM RESSALVAS. DECISÃO UNÂNIME.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO PARCIAL DAS INFORMAÇÕES CONSTANTES NO ANEXO DA LEI Nº 166/2013.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL.</t>
   </si>
@@ -613,68 +613,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2014/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2014/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>