--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -54,1269 +54,1269 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO CAPUT DO ART. 13 DO PROJETO DE LEI 007/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DE 2018.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO I, ITEM 01, QUE TRATA DAS PRIORIDADES E METAS REFERENTES À CÂMARA MUNICIPAL, PARA O EXERCÍCIO 2018, CONSTANTES NO PROJETO DE LEI 007/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DE 2018.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DR. DANIEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO CAPUT DO ART. 1º DO PROJETO DE LEI 012/2017, QUE INSTITUI O DIA MUNICIPAL DO LEITE NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DA ELETROBRÁS EM PIRACURUCA-PI, NOS TERMOS DO ARTIGO 87 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, PROVIDÊNCIAS NO SENTIDO DE SUBSTITUIÇÃO DE POSTE DE ENERGIA ELÉTRICA, LOCALIZADO À RUA PROJETADA 13 COM A RUA JOSÉ PEREIRA DE CARVALHO, BAIRRO PAU D&amp;#180;ARCO, CÓDIGO ÚNICO DO IMÓVEL EM FRENTE AO POSTE (0928127-4), EM SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, SR. ANTÔNIO NONATO LIMA GOMES, NOS TERMOS DO ARTIGO 87 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, A INSTALAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NOS POSTES DOS ASSENTAMENTOS DA CAROLINA E MALHADA VERMELHA.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE, DR. DANIEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, SR. ANTÔNIO NONATO LIMA GOMES, NOS TERMOS DO ARTIGO 87 DO REGIMENTO INTERNO DESSA CASA LEGISLATIVA, QUE SEJA CRIADO, OFICIALIZADO E COMEMORADO O DIA DO LEITE NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, TODA PRIMEIRA SEXTA FEIRA DO MÊS DE NOVEMBRO.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DR. DANIEL, CARLOS SAMUEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE UM ESCOVÓDROMO NA ESCOLA REUNIDA FRANCISCO DAS CHAGAS SOUSA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CARLOS SAMUEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO A IMPLANTAÇÃO DE UMA ESTRADA VICINAL QUE LIGA A LOCALIDADE MALHADINHA AO LUGAR SUSSUARANA, PASSANDO PELOS LUGARES SALTO DE PEDRA E CARNAÚBA DE FORQUILHA, TOTALIZANDO APROXIMADAMENTE 4 KM, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MAZÉ</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO PROVIDENCIAS NO SENTIDO DE SUBSTITUIÇÃO DE LÂMPADAS NOS POSTES DA RUA RAIMUNDO BENEDITO, EM DIREÇÃO AO CAMPO DE FUTEBOL; BEM COMO NA AVENIDA PAULO RODRIGUES DE SAMPAIO À ALTURA DO DEPÓSITO DO SR. NETO BASTIANA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CARLOS PORTELA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL PROVIDENCIAS NO SENTIDO DE CONSERTO DO CALÇAMENTO DA RUA BENEDITA FRANCISCA DE AMORIM CRUZANDO COM A RUA BENEDITO DA SILVA CARVALHO, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO &amp;#8211; PIAUÍ.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA, CARLOS PORTELA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE IMPLANTAÇÃO DE FAIXAS DE TRÂNSITO ELEVADAS OU SIMILARES NA FRENTE DE ESCOLAS, UNIDADES DE SAÚDE E TEMPLOS RELIGIOSOS  NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO- PI.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA ÁREA DE LAZER, NO IMÓVEL DE DIMENSÕES TRIANGULAR SITUADO ENTRE AS RUAS CHAGAS PEQUENO &amp;#8211; PEDRO TEÓFILO &amp;#8211; DOMINGOS ALMEIDA DE ARAÚJO, EM UMA ÁREA APROXIMADA DE 375 M².</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECEBIMENTO DE INDICAÇÃO 010/2017 QUE INDICA AO PREFEITO MUNICIPAL CONSTRUÇÃO DE UMA PRAÇA PÚBLICA COM ILUMINAÇÃO NA LOCALIDADE OLARIAS EM FRENTE À CAPELA SÃO VICENTE DE PAULA, LOCALIZADA NA ZONA RURAL DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECEBIMENTO DE INDICAÇÃO Nº 011/2017, QUE INDICA AO PREFEITO MUNICIPAL A REPOSIÇÃO DE LÂMPADAS QUEIMADAS E MANUTENÇÃO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA NO POVOADO MOCAMBINHO E ASSENTAMENTO LAGOA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL MELHORIAS NA ESTRUTURA DA PAREDE DE CONTENÇÃO DA LAGOA DA LOCALIDADE TRANSVAL, LOCALIZADA NA ZONA RURAL DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM BUEIRO NO RIACHO MARAJÁS NA ENTRADA DA LOCALIDADE TRANSVAL (SENTIDO SÃO JOSÉ DO DIVINO &amp;#8211; TRANSVAL), LOCALIZADO NA ZONA RURAL DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. PREFEITO MUNICIPAL. SR. ANTÔNIO NONATO LIMA GOMES, A EXTENSÃO DA REDE DE ÁGUA ENCANADA DA COMUNIDADE GADO APARTADO, ATÉ A COMUNIDADE ITAMBÉ, LOCALIZADA NA ZONA RURAL DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>NEUSA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL. SR. ANTÔNIO NONATO LIMA GOMES, A CONSTRUÇÃO DE UM CENTRO DE CONVIVÊNCIA DO IDOSO NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>NENEM</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL. SR. ANTÔNIO NONATO LIMA GOMES, A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AVENIDA MANOEL DIVINO, À ALTURA DO POSTO SÃO JOSÉ, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE IDENTIFICAÇÃO EM TODOS OS VEÍCULOS DA ADMINISTRAÇÃO MUNICIPAL, SEJAM ELES PRÓPRIOS OU LOCADOS, A FIM DE QUE A POPULAÇÃO IDENTIFIQUE CLARAMENTE QUAIS VEÍCULOS ESTÃO À DISPOSIÇÃO DO SERVIÇO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL REFORMA COMPLETA DA PRAÇA DA LOCALIDADE TINGUIS COMO TAMBÉM IMPLANTAÇÃO DE SISTEMA DE ILUMINAÇÃO PÚBLICA PARA A POPULAÇÃO DA MESMA LOCALIDADE</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL QUE SEJA IMPLANTADO SISTEMA DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE TRANSVAL.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO A REFORMA DA PRAÇA E A CERCA DA MESMA, NA LOCALIDADE MOCAMBINHO EM SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL UM MÉDICO ORTOPEDISTA PARA ATENDIMENTO DE PACIENTES, PELO MENOS UMA VEZ POR MÊS, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, A CONSTRUÇÃO DE UMA QUADRA DE AREIA PARA A PRÁTICA ESPORTIVA DE FUTSAL E VOLEIBOL NA LOCALIDADE MOCAMBINHO, ZONA RURAL DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, SR. ANTÔNIO NONATO LIMA GOMES, PROVIDÊNCIAS NO SENTIDO DE APOIO AOS ESPORTISTAS DE VÔLEI DESTA CIDADE.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PREFEITO MUNICIPAL, SR. ANTONIO NONATO LIMA GOMES, PROVIDÊNCIAS NA SUBSTITUIÇÃO E REPARO DE LÂMPADAS NOS POSTES NA RUA BENEDITO DA SILVA CARVALHO NO BAIRRO BATOQUE. </t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL SR. ANTÔNIO NONATO LIMA GOMES PROVIDÊNCIAS QUANTO À CONSTRUÇÃO DE UM CALÇADÃO MARGEANDO A PI 311, NA ENTRADA DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, AFIM DE QUE OS MUNÍCIPES POSSAM FAZER SUAS CAMINHADAS DIÁRIAS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>MANOEL JOANA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ANTÔNIO FELÍCIA A ABERTURA DE RUAS NO BAIRRO BATOQUE, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO ANTÔNIO FELÍCIA, A RASPAGEM DE TRECHO DE AMBAS AS MARGENS DA PI 311, NA ENTRADA DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA A PRÁTICA DE CAMINHADAS POR PARTE DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PREFEITO ANTÔNIO FELÍCIA, PROVIDÊNCIAS NO SENTIDO DE CONSTRUÇÃO DE UMA ESTAÇÃO DE TRATAMENTO DE ÁGUA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO ANTÔNIO FELÍCIA QUE O MESMO PROVIDENCIE A TERRAPLANAGEM NOS ARREDORES DA IGREJA DE SÃO VICENTE DE PAULO, NA LOCALIDADE OLARIAS, MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL SR. ANTÔNIO NONATO LIMA GOMES, A REVITALIZAÇÃO E REFORMA DA PRAÇA DA AMIZADE, LOCALIZADA NA RUA DONA FELÍCIA, NO CENTRO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA AO PRESIDENTE DA CÂMARA QUE ENVIE OFÍCIO AO CHEFE DA ELETROBRÁS EM PIRIPIRI-PI, SOLICITANDO A TROCA DO TRANSFORMADOR DE ENERGIA DA LOCALIDADE BARROCÃO</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL, A CAPINA E LIMPEZA DOS CEMITÉRIOS, TRIUNFO NO BAIRRO TRIUNFO E SÃO JOSÉ, NO CENTRO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO ANTÔNIO NONATO LIMA GOMES, QUE O MESMO PROVIDENCIE CESTOS PARA COLETA DE LIXO NOS CEMITÉRIOS, TRIUNFO NO BAIRRO TRIUNFO E SÃO JOSÉ, NO CENTRO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>MVET</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>ANTONIO FELÍCIA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO DO EXECUTIVO Nº 001/2017 AO PROJETO DE LEI 007/2016 DE AUTORIA DO VER. ERIVALDO</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO DEPUTADO ESTADUAL MARDEN MENEZES, PELO PROJETO DE SUA AUTORIA QUE INSERE NO ORÇAMENTO DO GOVERNO DO ESTADO DO PIAUÍ, UMA EMENDA PARLAMENTAR QUE DESTINA R$ 80.000,00 (OITENTA MIL REAIS), JÁ AUTORIZADOS PELO GOVERNADOR DO ESTADO EM 30 DE MARÇO DESTE ANO, PARA A CONSTRUÇÃO DE UMA ACADEMIA POPULAR NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PI.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SR. JOSE DE ARIMATEA LOPES DOS SANTOS, PELO DESEMPENHO E EFICIÊNCIA QUANDO DO EXERCÍCIO DA FUNÇÃO DE DELEGADO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO NO PERÍODO DE 1993 A 1996</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSO E RECONHECIMENTO À SRA. CIBELLE MARIA DE ABREU IBIAPINA, PELO DESEMPENHO E EFICIÊNCIA NO EXERCÍCIO DO CARGO DE NUTRICIONISTA JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA, BETÂNIA FREIRE, CARLOS PORTELA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA ANTONIA MARIA DA SILVA, OCORRIDA NO DIA 13 DE MAIO DO CORRENTE ANO, NA CIDADE DE TERESINA</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APRESENTA MOÇÃO DE APLAUSO E RECONHECIMENTO À SRA. LUZIANY ROCHA DE SOUSA ,PELO DESEMPENHO E EFICIÊNCIA NO EXERCÍCIO DO CARGO DE AUXILIAR ADMINISTRATIVO JUNTO AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO. </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APRESENTA MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENADOR CIRO NOGUEIRA, PELA DESTINAÇÃO E APOIO A EMENDAS AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA PAVIMENTAÇÃO EM PARALELEPÍPEDO NA LOCALIDADE MOCAMBINHO. </t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENADOR CIRO NOGUEIRA, PELA DESTINAÇÃO E APOIO A EMENDAS AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA PAVIMENTAÇÃO EM PARALELEPÍPEDO NA ZONA URBANA E CONSTRUÇÃO DE BANHEIROS, NA LOCALIDADE TRANSVAL.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 010/2017, QUE DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PIAUÍ E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI COMPLEMENTAR 001/2017, QUE DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR 169/2013, PROMOVENDO A EXTINÇÃO E FUSÃO DE SECRETARIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 012/2017, QUE INSTITUI O DIA MUNICIPAL DO LEITE NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 014/2017, QUE AUTORIZA O MUNICÍPIO DE SÃO JOSÉ DO DIVINO A FIRMAR CONVENIO COM ENTIDADES NÃO GOVERNAMENTAIS &amp;#8211; NO ÂMBITO DO PROGRAMA MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 013/2017, DISPÕE SOBRE ALTERAÇÃO DO ANEXO ÚNICO DA LEI 156/2012.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 011/2017, QUE ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 015/2017, QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÉNIO 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI DO EXECUTIVO Nº 001/2017, QUE DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI DO EXECUTIVO Nº 002/2017, QUE REGULAMENTA O PROCEDIMENTO DE CESSÃO E DE PERMUTA ENTRE OS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PI E OUTROS ÓRGÃOS DOS PODERES EXECUTIVO, LEGISLATIVO OU JUDICIÁRIO, DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE DECRETO LEGISLATIVO Nº 001/2017, DE 16 DE FEVEREIRO QUE INSTITUI A REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE RESOLUÇÃO Nº 003/2017, DE 02 DE MARÇO QUE CONCEDE GRATIFICAÇÃO AOS MEMBROS DA COMISSÃO PERMANENTE DE LICITAÇÃO (CPL) E AO SERVIDOR DESIGNADO COMO PRESIDENTE/PREGOEIRO.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECEBIMENTO DE MEMORANDO COM ENVIO DE PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO Nº 005/2017 PROJETO DE LEI DO EXECUTIVO Nº 003/2017, QUE ALTERA A LEI Nº 160/2013.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI DO EXECUTIVO Nº 007/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DE 2018.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 006/2017, QUE ATRIBUI DENOMINAÇÃO À QUADRA DE ESPORTES, SITUADA À AV. MANOEL DIVINO, S/N, BAIRRO NOSSA SENHORA DE FÁTIMA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 008/2017, QUE DISPÕE SOBRE A EXECUÇÃO DOS HINOS NACIONAL E MUNICIPAL EM ESCOLAS PÚBLICAS E PRIVADAS DE NÍVEL FUNDAMENTAL E MÉDIO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO REFERENTE ÀS CONTAS DE GOVERNO DA PREFEITURA MUNICIPAL DE SÃO JOSÉ DO DIVINO/PI, EXERCÍCIO FINANCEIRO 2014 DE RESPONSABILIDADE DO GESTOR JOSÉ DE SENA MACHADO FILHO</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI 009/2017, QUE ATRIBUI DENOMINAÇÃO ÀS RUAS PROJETADAS 10 E 11, SITUADAS NO BAIRRO BATOQUE EM SÃO JOSÉ DO DIVINO-PI</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE RESOLUÇÃO 007/2017 QUE DISPÕE SOBRE A FIXAÇÃO DE 13° SUBSÍDIO PARA OS VEREADORES</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>PCJR</t>
   </si>
   <si>
     <t>Parecer da Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO VETO DO EXECUTIVO Nº 001/2017, AO PROJETO DE LEI 007/2016, QUE ATRIBUI DENOMINAÇÃO À UNIDADE ESCOLAR DA LOCALIDADE OLARIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI DO EXECUTIVO Nº 001/2017, QUE DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI DO EXECUTIVO Nº 002/2017, QUE REGULAMENTA O PROCEDIMENTO DE CESSÃO E DE PERMUTA ENTRE OS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PI E OUTROS ÓRGÃOS DOS PODERES EXECUTIVO, LEGISLATIVO OU JUDICIÁRIO, DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE RESOLUÇÃO Nº 002/2017, DE 16 DE FEVEREIRO QUE ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO, DO ART. 108 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL (RESOLUÇÃO 005/2016).</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE DECRETO LEGISLATIVO Nº 001/2017, DE 16 DE FEVEREIRO QUE INSTITUI A REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE RESOLUÇÃO Nº 003/2017, DE 02 DE MARÇO QUE CONCEDE GRATIFICAÇÃO AOS MEMBROS DA COMISSÃO PERMANENTE DE LICITAÇÃO (CPL) E AO SERVIDOR DESIGNADO COMO PRESIDENTE/PREGOEIRO</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECEBIMENTO DE MEMORANDO COM ENVIO DE PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO Nº 007/2017, AO PROJETO DE LEI DO EXECUTIVO Nº 003/2017, QUE ALTERA A LEI Nº 160/2013</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DA COMISSÃO DE JUSTIÇA E REDAÇÃO Nº 008/2017 ÀS MOÇÕES 001 E 002/2017</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI DO EXECUTIVO Nº 007/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DE 2018.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO À MOÇÃO Nº 003 DE 2017</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI 006/2017, QUE ATRIBUI DENOMINAÇÃO À QUADRA DE ESPORTES, SITUADA À AV. MANOEL DIVINO, S/N, BAIRRO NOSSA SENHORA DE FÁTIMA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI 008/2017, QUE DISPÕE SOBRE A EXECUÇÃO DOS HINOS NACIONAL E MUNICIPAL EM ESCOLAS PÚBLICAS E PRIVADAS DE NÍVEL FUNDAMENTAL E MÉDIO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI 009/2017, QUE ATRIBUI DENOMINAÇÃO ÀS RUAS PROJETADAS 10 E 11, SITUADAS NO BAIRRO BATOQUE EM SÃO JOSÉ DO DIVINO-PI.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO À MOÇÃO 005/2017, QUE APRESENTA APLAUSO E RECONHECIMENTO À SRA. LUZIANY ROCHA DE SOUSA, PELO DESEMPENHO E EFICIÊNCIA NO EXERCÍCIO DO CARGO DE AUXILIAR ADMINISTRATIVO JUNTO AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO ÀS MOÇÕES 006 E 007 DE 2017, QUE APRESENTA APLAUSO E RECONHECIMENTO AO SENADOR CIRO NOGUEIRA, PELA DESTINAÇÃO E APOIO A EMENDAS AO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA PAVIMENTAÇÃO EM PARALELEPÍPEDO NA ZONA URBANA E CONSTRUÇÃO DE BANHEIROS, NA LOCALIDADE TRANSVAL, BEM COMO PAVIMENTAÇÃO EM PARALELEPÍPEDO NA LOCALIDADE MOCAMBINHO.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE JUSTIÇA E REDAÇÃO AO PROJETO DE EMENDA À LEI ORGÂNICA MUNICIPAL Nº 001/2017, QUE ACRESCENTA O ARTIGO 189-A À LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA, BETÂNIA FREIRE, DR. DANIEL, MANOEL JOANA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 189-A À LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR 169/2013, PROMOVENDO A EXTINÇÃO E FUSÃO DE SECRETARIAS MUNICIPAIS</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ART. 2° DA LEI COMPLEMENTAR N°. 080/2015, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2017/161/proj._de_lei_002-2017.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2017/161/proj._de_lei_002-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento de cessão e de permuta entre os servidores públicos do município de São José do Divino-PI e outros órgãos dos poderes executivo, legislativo ou judiciário, da união, dos estados, do distrito federal e dos municípios e dá outras providencias.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 160 DE 20 DE MAIO DE 2013</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CUSTEIO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS, ATIVOS E INATIVOS, E DOS PENSIONISTAS DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO, GERÊNCIA, ADMINISTRAÇÃO E RESPONSABILIDADE DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS, ATIVOS E INATIVOS, E DOS PENSIONISTAS DOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>CARLOS PORTELA, PATRICIA CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI DENOMINAÇÃO À QUADRA DE ESPORTES, SITUADA À AV. MANOEL DIVINO, S/N, BAIRRO NOSSA SENHORA DE FÁTIMA, NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXECUÇÃO DOS HINOS NACIONAL E MUNICIPAL EM ESCOLAS PÚBLICAS E PRIVADAS DE NÍVEL FUNDAMENTAL E MÉDIO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ATRIBUI DENOMINAÇÃO ÀS RUAS PROJETADAS 10 E 11, SITUADAS NO BAIRRO BATOQUE EM SÃO JOSÉ DO DIVINO-PI. </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA  ELÉTRICA E ÁGUA NO MUNICÍPIO DE SÃO JOSÉ DO DIVINO-PIAUÍ E DE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO, PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO LEITE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ANEXO ÚNICO DA LEI N°156/2012 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO JOSÉ DO DIVINO A FIRMAR CONVÊNIO COM ENTIDADES NÃO GOVERNAMENTAIS SEM FINS LUCRATIVOS, NO ÂMBITO DO PROGRAMA MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÉNIO 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA POR AD REFERENDUM REMANEJAMENTO DE VERBA ORÇAMENTÁRIA PARA A RUBRICA 33.90.39</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO, DO ART. 108 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL (RESOLUÇÃO 005/2016).</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO AOS MEMBROS DA COMISSÃO PERMANENTE DE LICITAÇÃO (CPL) E AO SERVIDOR DESIGNADO COMO PRESIDENTE/PREGOEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA REMANEJAMENTO DE VERBA ORÇAMENTÁRIA PARA A RUBRICA 44.90.52</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA, POR AD REFERENDUM A PROPOSTA ORÇAMENTÁRIA DA CÂMARA DE SÃO JOSÉ DO DIVINO, PI,PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA SUPLEMENTAÇÃO POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE DÉCIMO TERCEIRO SUBSÍDIO PARA OS VEREADORES DO MUNICÍPIO DE SÃO JOSÉ DO DIVINO</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER APÓS ANUÊNCIA DO PLENÁRIO DESSA CASA DE LEIS, LICENÇA PARA DESEMPENHAR AS FUNÇÕES DE SECRETARIO MUNICIPAL DE PLANEJAMENTO E ADMINISTRAÇÃO, EM VIRTUDE DE CONVITE EXPRESSO PELO EXMO. SENHOR PREFEITO MUNICIPAL DE SÃO JOSÉ DO DIVINO, SR. ANTÔNIO NONATO LIMA GOMES. </t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO MUNICIPAL SR. ANTÔNIO NONATO LIMA GOMES, O ENVIO MENSAL A PARTIR DE JANEIRO DE 2017 DO EXTRATO DA CONTA DE ARRECADAÇÃO DA COSIP (CONTRIBUIÇÃO PARA CUSTEIO DOS SERVIÇOS DE ILUMINAÇÃO PÚBLICA).</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL SR. ANTÔNIO NONATO LIMA GOMES, PROVIDENCIAS NO SENTIDO DE AUMENTAR O CONTINGENTE DO ATENDIMENTO ODONTOLÓGICO DA LOCALIDADE MOCAMBINHO, DE 08 (OITO), PARA 15 (QUINZE) PACIENTES ATENDIDOS POR DIA DE SERVIÇO, COMO ERA ANTERIORMENTE.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL SR. ANTÔNIO NONATO LIMA GOMES, INFORMAÇÕES SOBRE QUAIS MEDIDAS O MESMO PRETENDE TOMAR PARA EVITAR O ACÚMULO DE ESGOTO NO CENTRO DA CIDADE, PROVENIENTE DE ALGUNS ESTABELECIMENTOS COMERCIAIS</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR APRECIAÇÃO DE VOTAÇÃO DO PROJETO DE RESOLUÇÃO 006/2017, NA PRESENTE SESSÃO</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução ad referendum</t>
   </si>
   <si>
     <t>APROVA, POR AD REFERENDUM SUPLEMENTAÇÃO DE VERBA ORÇAMENTÁRIA PARA A RUBRICA 31.90.11.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.doc</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.doc</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 160 DE 24 DE MAIO DE 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1623,68 +1623,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2017/161/proj._de_lei_002-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2017/161/proj._de_lei_002-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>