--- v0 (2025-12-29)
+++ v1 (2026-03-13)
@@ -54,259 +54,259 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/469/indicacao_01-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/469/indicacao_01-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Antonio Nonato Lima Gomes, através do órgão competente, a elaboração de um projeto para instalação de um painel de Boas Vindas na entrada e saída da cidade de São José do Divino-PI</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/481/indicacao_02-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/481/indicacao_02-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Antônio Felícia a construção de Lavanderias nas localidades Olaria e Barrocão na zona rural de São José do Divino</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/485/indicacao_03-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/485/indicacao_03-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Antonio Felicia a construção de calçamento em toda a extensão da rua Antonio Jericó, com sistema de drenagem e desvio para o riacho Sussuarana (por meio de galerias) do fluxo de águas pluviais, de forma a viabilizar a trafegabilidade da rua após a opôs a ocorrência de chuvas.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>DR. DANIEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/487/indicacao_04-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/487/indicacao_04-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Antonio Felícia construção de muro de alvenaria em torno da UBAS (Unidade básica de saúde) Maria Lourdes Cerqueira da localidade Olarias no município de São José do Divino, haja vista entrada frequente de animais no local</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/488/indicacao_05-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/488/indicacao_05-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Antonio Felicia providencias no sentido de retelhamento e confecção de portão para a quadra de esportes Luiz Paulo de Sousa Carvalho na localidade Olarias, município de São José do Divino.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/507/indicacao_09-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/507/indicacao_09-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a reforma geral do prédio da Escola Raimundo Agostinho Nunes na localidade Barrocão, hoje funcionando como local de apoio para atendimento da Saúde</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>NENEM</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/508/indicacao_10-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/508/indicacao_10-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho que seja efetuada a poda das árvores localizadas no cemitério Recanto da Saudade no município de São José do Divino</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/509/indicacao_11-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/509/indicacao_11-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a recolocação dos canos de água do chafariz da localidade Transval que abasteciam algumas Casas da Localidade_x000D_
 e que foram quebrados por ocasião do alargamento da parede da lagoa e construção do calçamento.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/512/indicacao_12-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/512/indicacao_12-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a recuperação de trecho de calçamento da rua Antônio Raimundo Nunes, bairro Centro, à altura da peladeira de arroz do Sr. Jardel, em São José do Divino</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/519/indicacao_16-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/519/indicacao_16-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a restauração do monumento em homenagem ao Sr. Manoel Divino de Sousa, fundador do município de São José do Divino, localizado no centro do município, na Praça Manoel Divino</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>JOÃO GRACIA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/520/indicacao_17-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/520/indicacao_17-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a reconstrução total do muro do cemitério Recanto da Saudade na sede do Município de São José do Divino</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/524/indicacao_19-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/524/indicacao_19-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho as providências necessárias para elevação e nivelamento (sentido entrada e saída) do acesso à ponte que liga o povoado Mocambinho a São José do Divino</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/525/indicacao_20-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/525/indicacao_20-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a recuperação da passagem molhada que liga o assentamento Lagoa à sede do povoado Mocambinho, no município de São José do Divino</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/526/indicacao_21-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/526/indicacao_21-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho o estudo para viabilização da construção de um Mercado Público municipal na sede do município de São José do Divino</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE, MAZÉ</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/550/indicacao_026-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/550/indicacao_026-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a reposição de lâmpadas queimadas na localidade Olarias, município de São José do Divino-PI.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/559/indicacao_027-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/559/indicacao_027-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho a construção de um pontilhão em trecho de estrada de chão que se localiza no fim do perímetro da rua Buneco extremando com a rua Raimundo Agostinho Nunes, bairro brancas, no município de São José do Divino-PI</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_031-2020.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_031-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao prefeito Assis Carvalho o estudo para inserção de manilhas no acesso (cabeceira) da ponte da localidade Mocambinho (sentido entrada) na zona rural do município de São José do Divino, tendo em vista represamento da água e possível alagamento de residências próximas, no período chuvoso</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -613,68 +613,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/469/indicacao_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/481/indicacao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/485/indicacao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/487/indicacao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/488/indicacao_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/507/indicacao_09-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/508/indicacao_10-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/509/indicacao_11-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/512/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/519/indicacao_16-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/520/indicacao_17-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/524/indicacao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/525/indicacao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/526/indicacao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/550/indicacao_026-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/559/indicacao_027-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_031-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/469/indicacao_01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/481/indicacao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/485/indicacao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/487/indicacao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/488/indicacao_05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/507/indicacao_09-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/508/indicacao_10-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/509/indicacao_11-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/512/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/519/indicacao_16-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/520/indicacao_17-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/524/indicacao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/525/indicacao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/526/indicacao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/550/indicacao_026-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/559/indicacao_027-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_031-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>