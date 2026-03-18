--- v0 (2025-12-29)
+++ v1 (2026-03-18)
@@ -54,72 +54,72 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_022-2022.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_022-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito Assis Carvalho, providencias no sentido da disponibilização semanal de um enfermeiro, para aplicação de vacinas de rotina, no posto de saúde Francisco Machado de Sampaio, na localidade Mocambinho.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei ordinária</t>
   </si>
   <si>
     <t>PROF. ASSIS CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/767/pl_007-2022.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/767/pl_007-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargo em comissão de Gerente da Atenção Básica, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -426,68 +426,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/767/pl_007-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_022-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2022/767/pl_007-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="197" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>