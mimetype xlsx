--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="216">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -598,50 +598,68 @@
     <t>Autoriza a abertura de crédito adicional especial ao orçamento programa vigente para inclusão de Elemento de Despesa</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) para o Quadriênio 2026-2029</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf</t>
   </si>
   <si>
     <t>Institui uma Bonificação de Desempenho aos Servidores Públicos do Município lotados na Secretaria Municipal de Educação de São José do Divino-PI e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do cargo de provimento temporário de Profissional de Apoio Escolar, no âmbito do Município de São José do Divino-PI, define suas atribuições, remuneração, carga horária, e estabelece condições para a sua contratação, atendendo a necessidade temporária de excepcional interesse público</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
     <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução 004/2022 da Câmara Municipal de São José do Divino e dá outras providências</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
@@ -996,56 +1014,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2220,144 +2238,196 @@
       </c>
       <c r="D46" t="s">
         <v>159</v>
       </c>
       <c r="E46" t="s">
         <v>160</v>
       </c>
       <c r="F46" t="s">
         <v>161</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H46" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>193</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="D47" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" t="s">
+        <v>161</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="E47" t="s">
+      <c r="H47" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="D48" t="s">
-        <v>200</v>
+        <v>159</v>
       </c>
       <c r="E48" t="s">
-        <v>201</v>
+        <v>160</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>161</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="H48" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>200</v>
       </c>
       <c r="E49" t="s">
         <v>201</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>202</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="H49" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>205</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" t="s">
+        <v>206</v>
+      </c>
+      <c r="E50" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>208</v>
       </c>
       <c r="H50" t="s">
         <v>209</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" t="s">
+        <v>206</v>
+      </c>
+      <c r="E51" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H51" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>22</v>
+      </c>
+      <c r="D52" t="s">
+        <v>206</v>
+      </c>
+      <c r="E52" t="s">
+        <v>207</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H52" t="s">
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2367,50 +2437,52 @@
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>