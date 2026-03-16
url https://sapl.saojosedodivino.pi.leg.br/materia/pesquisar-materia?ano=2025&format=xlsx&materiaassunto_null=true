--- v1 (2025-12-29)
+++ v2 (2026-03-16)
@@ -54,660 +54,660 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PAGAIO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado a tomada de providências no sentido de:_x000D_
 a) Viabilizar a abertura da Rua Clidenor Mendes de Cerqueira (que passa ao lado da creche Amanda Sampaio de Cerqueira) localizada no bairro Triunfo, na sede do Município, de modo a permitir o fluxo de veículos e pessoas;_x000D_
 b) Promover o aumento da pista de caminhada “Marcos Gabriel” com extensão pelo menos até a fazenda da dona Ivone, seja por meio do emprego de calçadas como na atual estrutura, seja, apenas com a terraplanagem, de modo a proporcionar uma maior extensão no deslocamento, bem como promover maior segurança para os praticantes da atividade de caminhada.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PATRICIA CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado providências no sentido da construção de calçamentos em frente à Escola Municipal localizada na rua Prefeito Chico Sampaio, bairro nossa senhora de Fátima (sede do Município); bem como na via que passa em frente à escola Raimundo Fernandes dos Santos, na localidade Olaria.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>BETÂNIA FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, o atendimento das seguintes demandas de interesse público, para a localidade Mocambinho:_x000D_
 a)  Construção de muro ao redor do Cemitério local, conhecido como “cemitério do Baleia”;_x000D_
 b) Revitalização de alguns trechos de calçamento da localidade, onde as pedras estão soltando da pavimentação;_x000D_
 c) Aplicação de estrutura de aterro nas margens dos meio-fios dos calçamentos que estão sendo construídos na localidade, de forma a evitar o desmoronamento dos meio-fios e, por consequência aumentar a durabilidade dos calçamentos.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito de São José do Divino, Sr. Milton Gomes Machado a implantação de placas tipo pórtico, com identificação de acesso e saída à comunidades da zona rural do Município</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PROF. MARCELO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Milton Gomes Machado providências no sentido de reposição de parte do alambrado e manutenção preventiva da grama sintética, ambos no campo Society do bairro nossa senhora de Fátima, na sede do Município</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, a disponibilização de um local na sede do município com estrutura para a implantação de um laboratório, para realização de exames laboratoriais e diagnósticos de brucelose, tuberculose e mastite, para o rebanho bovino do Município de São José do Divino</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CARLOS SAMUEL</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, a apresentação de Projeto de Lei com vistas à concessão de Auxílio financeiro a Estudantes universitários de São José do Divino-PI, regularmente matriculados em cursos presencias de universidades públicas ou privadas reconhecidas pelo MEC, localizadas em domicílios diversos da sua residência</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito de São José do Divino, Sr. Milton Gomes Machado, a construção de um pontilhão na estrada que dá acesso à localidade Boqueirão, no ponto logo após a entrada do acesso (print em anexo), sentido do deslocamento a partir da sede do Município.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>NETO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, as seguintes demandas de interesse público:_x000D_
 a) a disponibilização de lixeira compartilhada na rua João Seledone no bairro Brancas, na sede do Município;_x000D_
 b) a construção de muro de alvenaria em torno dos cemitérios das localidades Transval, Olarias, Curral Velho, Gado Apartado e Tinguis, na zona rural do Município;_x000D_
 c) A limpeza atual e periódica nas Caixas d’água da UBAS da localidade Olarias e do poço que abastece a localidade Gado Apartado</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ANTONIO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, a manutenção dos brinquedos e corte da grama do parque infantil localizado na sede do Município</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ANDREIA VIEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, as medidas necessárias a fim de solucionar o problema do acúmulo de água na rua Manoel Promeno, que passa ao lado do campo de futebol Manoel Promeno, na sede do Município</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, a pintura das marcações das linhas, ajustes das Lâmpadas do teto e manutenção do alambrado, ambos do ginásio de esportes Raimundo Garcia de Mesquita, no bairro nossa senhora de Fátima, na sede do Município</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes junto à Equatorial - Piauí, providencias no sentido de realocação de um poste de energia elétrica, que hoje está no meio de uma rua pública na localidade Mocambinho, zona rural do município de São José do Divino.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes, a capina das ruas da localidade Mocambinho, zona rural do Município</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito Milton Gomes Machado, as providências necessárias para renovação da adesivagem de identificação dos veículos de propriedade e a serviço do Município de São José do Divino, à disposição da educação, saúde e assistência social; bem como adesivagem dos veículos que porventura ainda não se encontram devidamente identificados, em observância ao Decreto Municipal 284/2021.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado a disponibilização de um playground infantil para recreação das crianças na creche municipal Amanda Sampaio de Cerqueira, na sede do Município.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado a revitalização da quadra de esportes do bairro triunfo, com roço, pintura e colocação de portões nas entradas da quadra</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, que sejam tomadas as providências necessárias junto ao setor competente da Prefeitura municipal para a realização de estudos visando a implantação de aulas de zumba na sede do Município</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes, a disponibilização de um profissional para realização de treinamento funcional duas vezes por semana na localidade Mocambinho, zona rural do Município</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito de São José do Divino Sr. Milton Gomes Machado, providências no sentido de reparo em trecho de estrada de chão próximo à barragem da Barra do Piracuruca , bem como construção de um pontilhão no ponto da estrada próximo à sede da Associação do Assentamento Lagoa, zona rural do Município.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes, providências para colocação de um pontilhão da Rua João Seledone, no ponto da Rua, após o Colégio Pedro Machado; bem como manilhas na rua Dona Flor, no ponto que fica próximo à casa do Sr. Maximiano.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito Milton Gomes a remoção da academia da Praça da Igreja na localidade Mocambinho com instalação da mesma na localidade na localidade Barrocão, em frente à unidade de Saúde da respectiva comunidade.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Superintendente Regional do DNIT no estado do Piauí, Sr. José Ribamar Bastos, estudo e providencias para construção de uma rotatória na BR 343, no ponto da rodovia que dá entrada para o Município de São José do Divino (PI 311), com acesso às cidades de Parnaíba e Piracuruca, ambas no Estado do Piauí (localização – anexo único).</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, encaminhamento de pedido à Superintendência Regional do DNIT no estado do Piauí/Outros Órgãos/Setores com reforço do pedido expresso por essa vereadora na Indicação 023/2025, de modo que seja efetuado estudo e providencias para construção de uma rotatória na BR 343, no ponto da rodovia que dá entrada para o Município de São José do Divino (PI 311), com acesso às cidades de Parnaíba e Piracuruca, ambas no Estado do Piauí.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, providências para revitalização das faixas de pedestre da sede do Município, que se encontram com pouca visibilidade - em frente à unidade Escolar Francisco das Chagas Sousa, Posto de Saúde Antonio de Sousa Brito, Prefeitura Municipal e Creche Amanda Cerqueira</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>VERONICE DA NEUSA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Deputado Estadual do Piauí, Dr. Felipe Sampaio (MDB), a destinação de Emendas Parlamentares para pavimentação em paralelepípedo nas seguintes ruas do Município de São José do Divino: Rua Francisco Marcolino dos Santos (bairro Brancas), Rua Matias Antônio Nonato (Bairro Brancas), Rua Bibiano Francisco de Sousa (Bairro Brancas), Rua João Seledone (Bairro Brancas).</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, providências para limpeza e instalação de lixeiras no cemitério Recanto da saudade e cemitério do bairro Triunfo, ambos na sede do Município</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>CARLOS SAMUEL, ANTONIO BATISTA, NETO, PROF. MARCELO</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, que seja providenciada melhorias na iluminação do campo de futebol Manoel Promeno, por meio da troca dos atuais refletores por modelos de 1000w de potência, solicitando ainda que seja providenciada uma proteção sobre os refletores, de modo a evitar o desalinhamento dos mesmos, por aves, a exemplo, dos urubus.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, a construção de um trecho de calçamento na Avenida Manoel Divino, com início em frente ao Restaurante Mangueira, até chegar na rua Tenente Clarindo, na sede do Município.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes Machado, que proceda um estudo de viabilidade para a construção de uma Casa Mortuária para realização de velórios na sede do Município de São José do Divino,</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito de São José do Divino, Sr. Milton Gomes, providências para correção do vazamento na parede de contensão da passagem molhada da localidade Mocambinho próximo à adutora de captação de água</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf</t>
   </si>
   <si>
     <t>Apresenta Moção de aplauso à estudante da escola estadual CETI Pedro Machado de Cerqueira, Jovana Antonelha, em reconhecimento ao seu desenvolvimento literário e escrita do livro “Razão Para Emoção”.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf</t>
   </si>
   <si>
     <t>Apresenta Moção de pesar pelo falecimento do Sr. Francisco das Chagas Cerqueira (Chico Seledone), ocorrido dia 02 de outubro de 2025</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do § 1º do inciso X, do art. 63 da Lei Complementar 083/2019 e dá outras providências</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei ordinária</t>
   </si>
   <si>
     <t>MILTON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste do Piso Salarial dos Profissionais do Magistério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração parcial das informações constantes no anexo I da Lei n.º 170/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre destinação de espaço físico e aparelhamento de laboratório para realização de exames laboratoriais e diagnósticos de brucelose, tuberculose e mastite, para o rebanho bovino do Município de São José do Divino-PI e dá outras providências</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Prêmio Mérito Educacional Sãojoseense, que tem por objetivo reconhecer o trabalho dos profissionais em educação e institui premiação em dinheiro para o professor e a escola premiada na pessoa do diretor e coordenador, e dá outras providências</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de São José do Divino, para o Exercício Financeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação de Desempenho aos Servidores Públicos do Município lotados na Secretaria Municipal de Educação de São José do Divino-PI e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento programa vigente para inclusão de Elemento de Despesa</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) para o Quadriênio 2026-2029</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf</t>
   </si>
   <si>
     <t>Institui uma Bonificação de Desempenho aos Servidores Públicos do Município lotados na Secretaria Municipal de Educação de São José do Divino-PI e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de provimento temporário de Profissional de Apoio Escolar, no âmbito do Município de São José do Divino-PI, define suas atribuições, remuneração, carga horária, e estabelece condições para a sua contratação, atendendo a necessidade temporária de excepcional interesse público</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução 004/2022 da Câmara Municipal de São José do Divino e dá outras providências</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito de São José do Divino, Sr. Milton Gomes Machado, solicitando-lhe informações, sobre o motivo da demora na operacionalização e distribuição da energia fotovoltaica para órgãos do Município, gerada na usina localizada no bairro Triunfo, sede do Município</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito de São José do Divino, Sr. Milton Gomes Machado, solicitando-lhe informações sobre o motivo de o forró do idoso não está ocorrendo com regularidade no Município.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf</t>
+    <t>http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Prefeito de São José do Divino, Sr. Milton Gomes Machado, solicitando-lhe: a lista dos beneficiários e os critérios utilizados para a doação da madeira da então Unidade Escolar Maria Machado de Cerqueira, na sede do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1014,67 +1014,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/indicacao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/indicacao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/indicacao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/indicacao_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/indicacao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/indicacao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/indicacao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/indicacao_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1085/indicacao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/indicacao_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/indicacao_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_020-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1093/mocao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1111/mocao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_001-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1099/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1100/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1104/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1107/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1108/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1109/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1110/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1114/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1119/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1123/pl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1124/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_resolucao_003-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedodivino.pi.leg.br/media/sapl/public/materialegislativa/2025/1105/requerimento_003-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>